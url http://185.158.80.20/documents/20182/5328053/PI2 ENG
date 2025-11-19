--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PI2 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="876" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1323" uniqueCount="46">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>OPERATING UNITS AND ACCEPTING DEVICES BY COUNTY - year 2025
 </t>
   </si>
   <si>
     <t>Month: JANUARY</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Operating units</t>
@@ -126,63 +126,78 @@
   <si>
     <t>County of Šibenik-Knin</t>
   </si>
   <si>
     <t>County of Vukovar-Sirmium</t>
   </si>
   <si>
     <t>County of Split-Dalmatia</t>
   </si>
   <si>
     <t>County of Istria</t>
   </si>
   <si>
     <t>County of Dubrovnik-Neretva</t>
   </si>
   <si>
     <t>County of Međimurje</t>
   </si>
   <si>
     <t>City of Zagreb</t>
   </si>
   <si>
     <t>          TOTAL</t>
   </si>
   <si>
+    <t>* data have been revised from the previous release</t>
+  </si>
+  <si>
     <t>Month: FEBRUARY</t>
   </si>
   <si>
     <t>Month: MARCH</t>
   </si>
   <si>
     <t>Month: APRIL</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
     <t>Month: MAY</t>
   </si>
   <si>
     <t>Month: JUNE</t>
+  </si>
+  <si>
+    <t>Month: JULY</t>
+  </si>
+  <si>
+    <t>Month: AUGUST</t>
+  </si>
+  <si>
+    <t>Month: SEPTEMBER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -547,51 +562,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K201"/>
+  <dimension ref="A1:K312"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="35" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="31" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="22" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s" s="2">
@@ -1396,4280 +1411,6854 @@
       <c r="D31" s="9">
         <v>386</v>
       </c>
       <c r="E31" t="s" s="8">
         <v>14</v>
       </c>
       <c r="F31" s="9">
         <v>67</v>
       </c>
       <c r="G31" t="s" s="8">
         <v>14</v>
       </c>
       <c r="H31" s="9">
         <v>32</v>
       </c>
       <c r="I31" t="s" s="8">
         <v>14</v>
       </c>
       <c r="J31" s="9">
         <v>3695</v>
       </c>
       <c r="K31" t="s" s="8">
         <v>14</v>
       </c>
     </row>
-    <row r="35" spans="1:11">
-      <c r="A35" t="s" s="1">
+    <row r="32" spans="1:11">
+      <c r="A32" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" t="s" s="1">
         <v>0</v>
-      </c>
-[...3 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" t="s" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="39" spans="1:11">
-      <c r="A39" t="s" s="3">
+    <row r="40" spans="1:11">
+      <c r="A40" t="s" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="40" spans="1:11">
-      <c r="A40" t="s" s="4">
+    <row r="41" spans="1:11">
+      <c r="A41" t="s" s="4">
         <v>5</v>
-      </c>
-[...3 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s" s="3">
-        <v>36</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43" spans="1:11">
-      <c r="A43" t="s" s="5">
+      <c r="A43" t="s" s="3">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" t="s" s="5">
         <v>7</v>
       </c>
-      <c r="B43" t="s" s="5">
+      <c r="B44" t="s" s="5">
         <v>8</v>
       </c>
-      <c r="D43" t="s" s="5">
+      <c r="D44" t="s" s="5">
         <v>9</v>
       </c>
-      <c r="F43" t="s" s="5">
+      <c r="F44" t="s" s="5">
         <v>10</v>
       </c>
-      <c r="H43" t="s" s="5">
+      <c r="H44" t="s" s="5">
         <v>11</v>
       </c>
-      <c r="J43" t="s" s="5">
+      <c r="J44" t="s" s="5">
         <v>12</v>
-      </c>
-[...33 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s" s="6">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B45" s="7">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="C45" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D45" s="7">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="E45" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F45" s="7">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G45" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H45" s="7">
         <v>1</v>
       </c>
       <c r="I45" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J45" s="7">
-        <v>80</v>
+        <v>199</v>
       </c>
       <c r="K45" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s" s="6">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B46" s="7">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C46" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D46" s="7">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E46" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F46" s="7">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G46" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H46" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I46" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J46" s="7">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="K46" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s" s="6">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B47" s="7">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C47" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D47" s="7">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F47" s="7">
         <v>1</v>
       </c>
       <c r="G47" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H47" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I47" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J47" s="7">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K47" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s" s="6">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B48" s="7">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C48" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D48" s="7">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E48" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F48" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G48" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H48" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I48" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J48" s="7">
-        <v>126</v>
+        <v>93</v>
       </c>
       <c r="K48" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s" s="6">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B49" s="7">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C49" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D49" s="7">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F49" s="7">
         <v>3</v>
       </c>
       <c r="G49" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H49" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I49" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J49" s="7">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="K49" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s" s="6">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B50" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C50" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D50" s="7">
         <v>10</v>
       </c>
       <c r="E50" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F50" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G50" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H50" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I50" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J50" s="7">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="K50" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s" s="6">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B51" s="7">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="C51" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D51" s="7">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="E51" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F51" s="7">
         <v>1</v>
       </c>
       <c r="G51" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H51" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I51" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J51" s="7">
-        <v>343</v>
+        <v>69</v>
       </c>
       <c r="K51" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s" s="6">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B52" s="7">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C52" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D52" s="7">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="E52" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F52" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G52" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H52" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I52" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J52" s="7">
-        <v>53</v>
+        <v>343</v>
       </c>
       <c r="K52" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s" s="6">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B53" s="7">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C53" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D53" s="7">
         <v>7</v>
       </c>
       <c r="E53" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F53" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G53" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H53" s="7">
         <v/>
       </c>
       <c r="I53" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J53" s="7">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="K53" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s" s="6">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B54" s="7">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C54" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D54" s="7">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E54" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F54" s="7">
         <v>1</v>
       </c>
       <c r="G54" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H54" s="7">
         <v/>
       </c>
       <c r="I54" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J54" s="7">
         <v>42</v>
       </c>
       <c r="K54" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s" s="6">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B55" s="7">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C55" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D55" s="7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E55" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F55" s="7">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G55" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H55" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I55" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J55" s="7">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="K55" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s" s="6">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B56" s="7">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="C56" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D56" s="7">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E56" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F56" s="7">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G56" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H56" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I56" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J56" s="7">
-        <v>242</v>
+        <v>81</v>
       </c>
       <c r="K56" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s" s="6">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B57" s="7">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="C57" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D57" s="7">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="E57" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F57" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G57" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H57" s="7">
         <v>2</v>
       </c>
       <c r="I57" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J57" s="7">
-        <v>195</v>
+        <v>242</v>
       </c>
       <c r="K57" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s" s="6">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B58" s="7">
-        <v>21</v>
+        <v>49</v>
       </c>
       <c r="C58" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D58" s="7">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E58" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F58" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G58" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H58" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I58" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J58" s="7">
-        <v>126</v>
+        <v>195</v>
       </c>
       <c r="K58" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s" s="6">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B59" s="7">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C59" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D59" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E59" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F59" s="7">
         <v>1</v>
       </c>
       <c r="G59" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H59" s="7">
         <v>1</v>
       </c>
       <c r="I59" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J59" s="7">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="K59" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s" s="6">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B60" s="7">
-        <v>89</v>
+        <v>24</v>
       </c>
       <c r="C60" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D60" s="7">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="E60" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F60" s="7">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G60" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H60" s="7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I60" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J60" s="7">
-        <v>509</v>
+        <v>96</v>
       </c>
       <c r="K60" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s" s="6">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B61" s="7">
-        <v>63</v>
+        <v>89</v>
       </c>
       <c r="C61" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D61" s="7">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E61" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F61" s="7">
+        <v>5</v>
+      </c>
+      <c r="G61" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H61" s="7">
         <v>4</v>
       </c>
-      <c r="G61" t="s" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="I61" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J61" s="7">
-        <v>298</v>
+        <v>509</v>
       </c>
       <c r="K61" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s" s="6">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B62" s="7">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="C62" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D62" s="7">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="E62" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F62" s="7">
-        <v/>
+        <v>4</v>
       </c>
       <c r="G62" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H62" s="7">
         <v>1</v>
       </c>
       <c r="I62" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J62" s="7">
-        <v>195</v>
+        <v>298</v>
       </c>
       <c r="K62" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s" s="6">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B63" s="7">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="C63" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D63" s="7">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="E63" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F63" s="7">
         <v/>
       </c>
       <c r="G63" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H63" s="7">
         <v>1</v>
       </c>
       <c r="I63" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J63" s="7">
-        <v>85</v>
+        <v>195</v>
       </c>
       <c r="K63" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B64" s="7">
+        <v>17</v>
+      </c>
+      <c r="C64" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D64" s="7">
+        <v>9</v>
+      </c>
+      <c r="E64" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F64" s="7">
+        <v/>
+      </c>
+      <c r="G64" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H64" s="7">
+        <v>1</v>
+      </c>
+      <c r="I64" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J64" s="7">
+        <v>85</v>
+      </c>
+      <c r="K64" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" t="s" s="6">
         <v>34</v>
       </c>
-      <c r="B64" s="7">
+      <c r="B65" s="7">
         <v>143</v>
       </c>
-      <c r="C64" t="s" s="6">
-[...2 lines deleted...]
-      <c r="D64" s="7">
+      <c r="C65" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D65" s="7">
         <v>45</v>
       </c>
-      <c r="E64" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F64" s="7">
+      <c r="E65" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F65" s="7">
         <v>20</v>
       </c>
-      <c r="G64" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H64" s="7">
+      <c r="G65" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H65" s="7">
         <v>7</v>
       </c>
-      <c r="I64" t="s" s="6">
-[...2 lines deleted...]
-      <c r="J64" s="7">
+      <c r="I65" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J65" s="7">
         <v>746</v>
       </c>
-      <c r="K64" t="s" s="6">
-[...4 lines deleted...]
-      <c r="A65" t="s" s="8">
+      <c r="K65" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="B65" s="9">
+      <c r="B66" s="9">
         <v>780</v>
       </c>
-      <c r="C65" t="s" s="8">
-[...2 lines deleted...]
-      <c r="D65" s="9">
+      <c r="C66" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D66" s="9">
         <v>384</v>
       </c>
-      <c r="E65" t="s" s="8">
-[...2 lines deleted...]
-      <c r="F65" s="9">
+      <c r="E66" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F66" s="9">
         <v>67</v>
       </c>
-      <c r="G65" t="s" s="8">
-[...2 lines deleted...]
-      <c r="H65" s="9">
+      <c r="G66" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H66" s="9">
         <v>32</v>
       </c>
-      <c r="I65" t="s" s="8">
-[...2 lines deleted...]
-      <c r="J65" s="9">
+      <c r="I66" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J66" s="9">
         <v>3776</v>
       </c>
-      <c r="K65" t="s" s="8">
-[...4 lines deleted...]
-      <c r="A69" t="s" s="1">
+      <c r="K66" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" t="s" s="1">
         <v>0</v>
-      </c>
-[...8 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" t="s" s="2">
         <v>3</v>
-      </c>
-[...8 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="76" spans="1:11">
-      <c r="A76" t="s" s="3">
-        <v>37</v>
+      <c r="A76" t="s" s="4">
+        <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:11">
-      <c r="A77" t="s" s="5">
+      <c r="A77" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" t="s" s="3">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" t="s" s="5">
         <v>7</v>
       </c>
-      <c r="B77" t="s" s="5">
+      <c r="B79" t="s" s="5">
         <v>8</v>
       </c>
-      <c r="D77" t="s" s="5">
+      <c r="D79" t="s" s="5">
         <v>9</v>
       </c>
-      <c r="F77" t="s" s="5">
+      <c r="F79" t="s" s="5">
         <v>10</v>
       </c>
-      <c r="H77" t="s" s="5">
+      <c r="H79" t="s" s="5">
         <v>11</v>
       </c>
-      <c r="J77" t="s" s="5">
+      <c r="J79" t="s" s="5">
         <v>12</v>
-      </c>
-[...68 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s" s="6">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B80" s="7">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="C80" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D80" s="7">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="E80" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F80" s="7">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G80" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H80" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I80" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J80" s="7">
-        <v>97</v>
+        <v>200</v>
       </c>
       <c r="K80" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s" s="6">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B81" s="7">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C81" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D81" s="7">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E81" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F81" s="7">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G81" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H81" s="7">
         <v>1</v>
       </c>
       <c r="I81" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J81" s="7">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="K81" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s" s="6">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B82" s="7">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C82" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D82" s="7">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E82" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F82" s="7">
+        <v>1</v>
+      </c>
+      <c r="G82" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H82" s="7">
         <v>3</v>
       </c>
-      <c r="G82" t="s" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="I82" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J82" s="7">
-        <v>128</v>
+        <v>97</v>
       </c>
       <c r="K82" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s" s="6">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B83" s="7">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C83" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D83" s="7">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E83" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F83" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G83" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H83" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I83" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J83" s="7">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="K83" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s" s="6">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B84" s="7">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C84" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D84" s="7">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F84" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G84" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H84" s="7">
         <v>1</v>
       </c>
       <c r="I84" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J84" s="7">
-        <v>69</v>
+        <v>128</v>
       </c>
       <c r="K84" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s" s="6">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B85" s="7">
+        <v>19</v>
+      </c>
+      <c r="C85" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D85" s="7">
+        <v>10</v>
+      </c>
+      <c r="E85" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F85" s="7">
+        <v>3</v>
+      </c>
+      <c r="G85" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H85" s="7">
+        <v/>
+      </c>
+      <c r="I85" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J85" s="7">
         <v>61</v>
-      </c>
-[...22 lines deleted...]
-        <v>364</v>
       </c>
       <c r="K85" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s" s="6">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B86" s="7">
+        <v>20</v>
+      </c>
+      <c r="C86" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D86" s="7">
         <v>10</v>
       </c>
-      <c r="C86" t="s" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="E86" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F86" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G86" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H86" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I86" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J86" s="7">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="K86" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s" s="6">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B87" s="7">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="C87" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D87" s="7">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="E87" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F87" s="7">
         <v>1</v>
       </c>
       <c r="G87" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H87" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I87" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J87" s="7">
-        <v>42</v>
+        <v>364</v>
       </c>
       <c r="K87" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s" s="6">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B88" s="7">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C88" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D88" s="7">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E88" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F88" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G88" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H88" s="7">
         <v/>
       </c>
       <c r="I88" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J88" s="7">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="K88" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s" s="6">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B89" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C89" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D89" s="7">
         <v>7</v>
       </c>
       <c r="E89" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F89" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G89" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H89" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I89" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J89" s="7">
-        <v>81</v>
+        <v>42</v>
       </c>
       <c r="K89" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s" s="6">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B90" s="7">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="C90" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D90" s="7">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="E90" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F90" s="7">
         <v>1</v>
       </c>
       <c r="G90" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H90" s="7">
-        <v>2</v>
+        <v/>
       </c>
       <c r="I90" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J90" s="7">
-        <v>262</v>
+        <v>42</v>
       </c>
       <c r="K90" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s" s="6">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B91" s="7">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="C91" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D91" s="7">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E91" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F91" s="7">
         <v>3</v>
       </c>
       <c r="G91" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H91" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I91" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J91" s="7">
-        <v>196</v>
+        <v>81</v>
       </c>
       <c r="K91" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s" s="6">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B92" s="7">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="C92" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D92" s="7">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="E92" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F92" s="7">
         <v>1</v>
       </c>
       <c r="G92" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H92" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I92" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J92" s="7">
-        <v>143</v>
+        <v>262</v>
       </c>
       <c r="K92" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s" s="6">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B93" s="7">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="C93" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D93" s="7">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="E93" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F93" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G93" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H93" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I93" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J93" s="7">
-        <v>97</v>
+        <v>196</v>
       </c>
       <c r="K93" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s" s="6">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B94" s="7">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="C94" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D94" s="7">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="E94" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F94" s="7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G94" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H94" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I94" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J94" s="7">
-        <v>570</v>
+        <v>143</v>
       </c>
       <c r="K94" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s" s="6">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B95" s="7">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="C95" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D95" s="7">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E95" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F95" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G95" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H95" s="7">
         <v>1</v>
       </c>
       <c r="I95" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J95" s="7">
-        <v>355</v>
+        <v>97</v>
       </c>
       <c r="K95" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s" s="6">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B96" s="7">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="C96" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D96" s="7">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="E96" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F96" s="7">
-        <v/>
+        <v>4</v>
       </c>
       <c r="G96" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H96" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I96" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J96" s="7">
-        <v>230</v>
+        <v>570</v>
       </c>
       <c r="K96" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s" s="6">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B97" s="7">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="C97" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D97" s="7">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="E97" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F97" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="G97" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H97" s="7">
         <v>1</v>
       </c>
       <c r="I97" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J97" s="7">
-        <v>83</v>
+        <v>355</v>
       </c>
       <c r="K97" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B98" s="7">
+        <v>35</v>
+      </c>
+      <c r="C98" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D98" s="7">
+        <v>16</v>
+      </c>
+      <c r="E98" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F98" s="7">
+        <v/>
+      </c>
+      <c r="G98" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H98" s="7">
+        <v>1</v>
+      </c>
+      <c r="I98" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J98" s="7">
+        <v>230</v>
+      </c>
+      <c r="K98" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B99" s="7">
+        <v>17</v>
+      </c>
+      <c r="C99" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D99" s="7">
+        <v>9</v>
+      </c>
+      <c r="E99" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F99" s="7">
+        <v/>
+      </c>
+      <c r="G99" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H99" s="7">
+        <v>1</v>
+      </c>
+      <c r="I99" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J99" s="7">
+        <v>83</v>
+      </c>
+      <c r="K99" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" t="s" s="6">
         <v>34</v>
       </c>
-      <c r="B98" s="7">
+      <c r="B100" s="7">
         <v>143</v>
       </c>
-      <c r="C98" t="s" s="6">
-[...2 lines deleted...]
-      <c r="D98" s="7">
+      <c r="C100" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D100" s="7">
         <v>44</v>
       </c>
-      <c r="E98" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F98" s="7">
+      <c r="E100" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F100" s="7">
         <v>19</v>
       </c>
-      <c r="G98" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H98" s="7">
+      <c r="G100" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H100" s="7">
         <v>8</v>
       </c>
-      <c r="I98" t="s" s="6">
-[...2 lines deleted...]
-      <c r="J98" s="7">
+      <c r="I100" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J100" s="7">
         <v>745</v>
       </c>
-      <c r="K98" t="s" s="6">
-[...4 lines deleted...]
-      <c r="A99" t="s" s="8">
+      <c r="K100" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="B99" s="9">
+      <c r="B101" s="9">
         <v>782</v>
       </c>
-      <c r="C99" t="s" s="8">
-[...2 lines deleted...]
-      <c r="D99" s="9">
+      <c r="C101" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D101" s="9">
         <v>381</v>
       </c>
-      <c r="E99" t="s" s="8">
-[...2 lines deleted...]
-      <c r="F99" s="9">
+      <c r="E101" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F101" s="9">
         <v>62</v>
       </c>
-      <c r="G99" t="s" s="8">
-[...2 lines deleted...]
-      <c r="H99" s="9">
+      <c r="G101" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H101" s="9">
         <v>31</v>
       </c>
-      <c r="I99" t="s" s="8">
-[...2 lines deleted...]
-      <c r="J99" s="9">
+      <c r="I101" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J101" s="9">
         <v>3999</v>
       </c>
-      <c r="K99" t="s" s="8">
-[...4 lines deleted...]
-      <c r="A103" t="s" s="1">
+      <c r="K101" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" t="s" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="104" spans="1:11">
-[...5 lines deleted...]
-      <c r="A105" t="s" s="2">
+    <row r="107" spans="1:11">
+      <c r="A107" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" t="s" s="2">
         <v>2</v>
       </c>
     </row>
-    <row r="106" spans="1:11">
-      <c r="A106" t="s" s="2">
+    <row r="109" spans="1:11">
+      <c r="A109" t="s" s="2">
         <v>3</v>
-      </c>
-[...13 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s" s="3">
-        <v>38</v>
+        <v>4</v>
       </c>
     </row>
     <row r="111" spans="1:11">
-      <c r="A111" t="s" s="5">
+      <c r="A111" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11">
+      <c r="A113" t="s" s="3">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11">
+      <c r="A114" t="s" s="5">
         <v>7</v>
       </c>
-      <c r="B111" t="s" s="5">
+      <c r="B114" t="s" s="5">
         <v>8</v>
       </c>
-      <c r="D111" t="s" s="5">
+      <c r="D114" t="s" s="5">
         <v>9</v>
       </c>
-      <c r="F111" t="s" s="5">
+      <c r="F114" t="s" s="5">
         <v>10</v>
       </c>
-      <c r="H111" t="s" s="5">
+      <c r="H114" t="s" s="5">
         <v>11</v>
       </c>
-      <c r="J111" t="s" s="5">
+      <c r="J114" t="s" s="5">
         <v>12</v>
-      </c>
-[...103 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s" s="6">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B115" s="7">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="C115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D115" s="7">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F115" s="7">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H115" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J115" s="7">
-        <v>88</v>
+        <v>198</v>
       </c>
       <c r="K115" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s" s="6">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B116" s="7">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D116" s="7">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F116" s="7">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H116" s="7">
         <v>1</v>
       </c>
       <c r="I116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J116" s="7">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="K116" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s" s="6">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B117" s="7">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C117" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D117" s="7">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E117" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F117" s="7">
+        <v>1</v>
+      </c>
+      <c r="G117" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H117" s="7">
         <v>3</v>
       </c>
-      <c r="G117" t="s" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="I117" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J117" s="7">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="K117" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s" s="6">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B118" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D118" s="7">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F118" s="7">
         <v>1</v>
       </c>
       <c r="G118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H118" s="7">
         <v>1</v>
       </c>
       <c r="I118" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J118" s="7">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="K118" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s" s="6">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B119" s="7">
-        <v>61</v>
+        <v>24</v>
       </c>
       <c r="C119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D119" s="7">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F119" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H119" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J119" s="7">
-        <v>426</v>
+        <v>128</v>
       </c>
       <c r="K119" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s" s="6">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B120" s="7">
+        <v>19</v>
+      </c>
+      <c r="C120" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D120" s="7">
         <v>10</v>
       </c>
-      <c r="C120" t="s" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="E120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F120" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="G120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H120" s="7">
         <v/>
       </c>
       <c r="I120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J120" s="7">
-        <v>100</v>
+        <v>61</v>
       </c>
       <c r="K120" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s" s="6">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B121" s="7">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C121" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D121" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E121" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F121" s="7">
         <v>1</v>
       </c>
       <c r="G121" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H121" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I121" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J121" s="7">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="K121" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s" s="6">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B122" s="7">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="C122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D122" s="7">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="E122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F122" s="7">
         <v>1</v>
       </c>
       <c r="G122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H122" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I122" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J122" s="7">
-        <v>42</v>
+        <v>391</v>
       </c>
       <c r="K122" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s" s="6">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B123" s="7">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D123" s="7">
         <v>7</v>
       </c>
       <c r="E123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F123" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="G123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H123" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I123" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J123" s="7">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="K123" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s" s="6">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B124" s="7">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="C124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D124" s="7">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F124" s="7">
         <v>1</v>
       </c>
       <c r="G124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H124" s="7">
-        <v>2</v>
+        <v/>
       </c>
       <c r="I124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J124" s="7">
-        <v>337</v>
+        <v>42</v>
       </c>
       <c r="K124" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s" s="6">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B125" s="7">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="C125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D125" s="7">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F125" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H125" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J125" s="7">
-        <v>176</v>
+        <v>42</v>
       </c>
       <c r="K125" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s" s="6">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B126" s="7">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D126" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F126" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H126" s="7">
         <v>1</v>
       </c>
       <c r="I126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J126" s="7">
-        <v>193</v>
+        <v>81</v>
       </c>
       <c r="K126" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s" s="6">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B127" s="7">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="C127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D127" s="7">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F127" s="7">
         <v>1</v>
       </c>
       <c r="G127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H127" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J127" s="7">
-        <v>97</v>
+        <v>299</v>
       </c>
       <c r="K127" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s" s="6">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B128" s="7">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="C128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D128" s="7">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="E128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F128" s="7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H128" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J128" s="7">
-        <v>826</v>
+        <v>195</v>
       </c>
       <c r="K128" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s" s="6">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B129" s="7">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="C129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D129" s="7">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F129" s="7">
+        <v>1</v>
+      </c>
+      <c r="G129" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H129" s="7">
+        <v>1</v>
+      </c>
+      <c r="I129" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J129" s="7">
+        <v>164</v>
+      </c>
+      <c r="K129" t="s" s="6">
         <v>40</v>
-      </c>
-[...19 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s" s="6">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="B130" s="7">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="C130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D130" s="7">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F130" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H130" s="7">
         <v>1</v>
       </c>
       <c r="I130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J130" s="7">
-        <v>364</v>
+        <v>97</v>
       </c>
       <c r="K130" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s" s="6">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B131" s="7">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="C131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D131" s="7">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="E131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F131" s="7">
-        <v/>
+        <v>4</v>
       </c>
       <c r="G131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H131" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J131" s="7">
-        <v>82</v>
+        <v>667</v>
       </c>
       <c r="K131" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B132" s="7">
+        <v>63</v>
+      </c>
+      <c r="C132" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D132" s="7">
+        <v>40</v>
+      </c>
+      <c r="E132" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F132" s="7">
+        <v>3</v>
+      </c>
+      <c r="G132" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H132" s="7">
+        <v>1</v>
+      </c>
+      <c r="I132" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J132" s="7">
+        <v>402</v>
+      </c>
+      <c r="K132" t="s" s="6">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11">
+      <c r="A133" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B133" s="7">
+        <v>35</v>
+      </c>
+      <c r="C133" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D133" s="7">
+        <v>16</v>
+      </c>
+      <c r="E133" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F133" s="7">
+        <v/>
+      </c>
+      <c r="G133" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H133" s="7">
+        <v>1</v>
+      </c>
+      <c r="I133" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J133" s="7">
+        <v>272</v>
+      </c>
+      <c r="K133" t="s" s="6">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11">
+      <c r="A134" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B134" s="7">
+        <v>17</v>
+      </c>
+      <c r="C134" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D134" s="7">
+        <v>8</v>
+      </c>
+      <c r="E134" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F134" s="7">
+        <v/>
+      </c>
+      <c r="G134" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H134" s="7">
+        <v>1</v>
+      </c>
+      <c r="I134" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J134" s="7">
+        <v>82</v>
+      </c>
+      <c r="K134" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11">
+      <c r="A135" t="s" s="6">
         <v>34</v>
       </c>
-      <c r="B132" s="7">
+      <c r="B135" s="7">
         <v>144</v>
       </c>
-      <c r="C132" t="s" s="6">
-[...2 lines deleted...]
-      <c r="D132" s="7">
+      <c r="C135" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D135" s="7">
         <v>44</v>
       </c>
-      <c r="E132" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F132" s="7">
+      <c r="E135" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F135" s="7">
         <v>19</v>
       </c>
-      <c r="G132" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H132" s="7">
+      <c r="G135" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H135" s="7">
         <v>9</v>
       </c>
-      <c r="I132" t="s" s="6">
-[...10 lines deleted...]
-      <c r="A133" t="s" s="8">
+      <c r="I135" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J135" s="7">
+        <v>746</v>
+      </c>
+      <c r="K135" t="s" s="6">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11">
+      <c r="A136" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="B133" s="9">
+      <c r="B136" s="9">
         <v>782</v>
       </c>
-      <c r="C133" t="s" s="8">
-[...2 lines deleted...]
-      <c r="D133" s="9">
+      <c r="C136" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D136" s="9">
         <v>381</v>
       </c>
-      <c r="E133" t="s" s="8">
-[...2 lines deleted...]
-      <c r="F133" s="9">
+      <c r="E136" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F136" s="9">
         <v>62</v>
       </c>
-      <c r="G133" t="s" s="8">
-[...2 lines deleted...]
-      <c r="H133" s="9">
+      <c r="G136" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H136" s="9">
         <v>30</v>
       </c>
-      <c r="I133" t="s" s="8">
-[...5 lines deleted...]
-      <c r="K133" t="s" s="8">
+      <c r="I136" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J136" s="9">
+        <v>4285</v>
+      </c>
+      <c r="K136" t="s" s="8">
         <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:11">
-      <c r="A137" t="s" s="1">
+      <c r="A137" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11">
+      <c r="A141" t="s" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="138" spans="1:11">
-[...5 lines deleted...]
-      <c r="A139" t="s" s="2">
+    <row r="142" spans="1:11">
+      <c r="A142" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11">
+      <c r="A143" t="s" s="2">
         <v>2</v>
       </c>
     </row>
-    <row r="140" spans="1:11">
-      <c r="A140" t="s" s="2">
+    <row r="144" spans="1:11">
+      <c r="A144" t="s" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="141" spans="1:11">
-      <c r="A141" t="s" s="3">
+    <row r="145" spans="1:11">
+      <c r="A145" t="s" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="142" spans="1:11">
-      <c r="A142" t="s" s="4">
+    <row r="146" spans="1:11">
+      <c r="A146" t="s" s="4">
         <v>5</v>
       </c>
     </row>
-    <row r="143" spans="1:11">
-      <c r="A143" t="s" s="3">
+    <row r="147" spans="1:11">
+      <c r="A147" t="s" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="144" spans="1:11">
-[...5 lines deleted...]
-      <c r="A145" t="s" s="5">
+    <row r="148" spans="1:11">
+      <c r="A148" t="s" s="3">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11">
+      <c r="A149" t="s" s="5">
         <v>7</v>
       </c>
-      <c r="B145" t="s" s="5">
+      <c r="B149" t="s" s="5">
         <v>8</v>
       </c>
-      <c r="D145" t="s" s="5">
+      <c r="D149" t="s" s="5">
         <v>9</v>
       </c>
-      <c r="F145" t="s" s="5">
+      <c r="F149" t="s" s="5">
         <v>10</v>
       </c>
-      <c r="H145" t="s" s="5">
+      <c r="H149" t="s" s="5">
         <v>11</v>
       </c>
-      <c r="J145" t="s" s="5">
+      <c r="J149" t="s" s="5">
         <v>12</v>
-      </c>
-[...138 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s" s="6">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B150" s="7">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="C150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D150" s="7">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F150" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H150" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J150" s="7">
-        <v>129</v>
+        <v>198</v>
       </c>
       <c r="K150" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s" s="6">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B151" s="7">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D151" s="7">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F151" s="7">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H151" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J151" s="7">
-        <v>61</v>
+        <v>79</v>
       </c>
       <c r="K151" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s" s="6">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B152" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D152" s="7">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F152" s="7">
         <v>1</v>
       </c>
       <c r="G152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H152" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J152" s="7">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="K152" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B153" s="7">
         <v>21</v>
       </c>
-      <c r="B153" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="C153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D153" s="7">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="E153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F153" s="7">
         <v>1</v>
       </c>
       <c r="G153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H153" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J153" s="7">
-        <v>405</v>
+        <v>91</v>
       </c>
       <c r="K153" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s" s="6">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="B154" s="7">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="C154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D154" s="7">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F154" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="G154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H154" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J154" s="7">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="K154" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s" s="6">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B155" s="7">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D155" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F155" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H155" s="7">
         <v/>
       </c>
       <c r="I155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J155" s="7">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="K155" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s" s="6">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B156" s="7">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D156" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F156" s="7">
         <v>1</v>
       </c>
       <c r="G156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H156" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J156" s="7">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="K156" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s" s="6">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B157" s="7">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="C157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D157" s="7">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="E157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F157" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H157" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J157" s="7">
-        <v>81</v>
+        <v>405</v>
       </c>
       <c r="K157" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s" s="6">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B158" s="7">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D158" s="7">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F158" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H158" s="7">
-        <v>2</v>
+        <v/>
       </c>
       <c r="I158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J158" s="7">
-        <v>341</v>
+        <v>112</v>
       </c>
       <c r="K158" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s" s="6">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B159" s="7">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="C159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D159" s="7">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F159" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H159" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J159" s="7">
-        <v>194</v>
+        <v>42</v>
       </c>
       <c r="K159" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s" s="6">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="B160" s="7">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D160" s="7">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F160" s="7">
         <v>1</v>
       </c>
       <c r="G160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H160" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J160" s="7">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="K160" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s" s="6">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B161" s="7">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="C161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D161" s="7">
         <v>7</v>
       </c>
       <c r="E161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F161" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H161" s="7">
         <v>1</v>
       </c>
       <c r="I161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J161" s="7">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="K161" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s" s="6">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B162" s="7">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="C162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D162" s="7">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F162" s="7">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H162" s="7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J162" s="7">
-        <v>763</v>
+        <v>341</v>
       </c>
       <c r="K162" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s" s="6">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B163" s="7">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="C163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D163" s="7">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="E163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F163" s="7">
         <v>3</v>
       </c>
       <c r="G163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H163" s="7">
         <v>1</v>
       </c>
       <c r="I163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J163" s="7">
-        <v>425</v>
+        <v>194</v>
       </c>
       <c r="K163" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s" s="6">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B164" s="7">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="C164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D164" s="7">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F164" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H164" s="7">
         <v>1</v>
       </c>
       <c r="I164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J164" s="7">
-        <v>293</v>
+        <v>192</v>
       </c>
       <c r="K164" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s" s="6">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B165" s="7">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D165" s="7">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F165" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H165" s="7">
         <v>1</v>
       </c>
       <c r="I165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J165" s="7">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="K165" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B166" s="7">
+        <v>91</v>
+      </c>
+      <c r="C166" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D166" s="7">
+        <v>43</v>
+      </c>
+      <c r="E166" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F166" s="7">
+        <v>4</v>
+      </c>
+      <c r="G166" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H166" s="7">
+        <v>3</v>
+      </c>
+      <c r="I166" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J166" s="7">
+        <v>763</v>
+      </c>
+      <c r="K166" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11">
+      <c r="A167" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B167" s="7">
+        <v>63</v>
+      </c>
+      <c r="C167" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D167" s="7">
+        <v>40</v>
+      </c>
+      <c r="E167" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F167" s="7">
+        <v>3</v>
+      </c>
+      <c r="G167" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H167" s="7">
+        <v>1</v>
+      </c>
+      <c r="I167" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J167" s="7">
+        <v>425</v>
+      </c>
+      <c r="K167" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11">
+      <c r="A168" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B168" s="7">
+        <v>35</v>
+      </c>
+      <c r="C168" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D168" s="7">
+        <v>16</v>
+      </c>
+      <c r="E168" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F168" s="7">
+        <v/>
+      </c>
+      <c r="G168" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H168" s="7">
+        <v>1</v>
+      </c>
+      <c r="I168" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J168" s="7">
+        <v>293</v>
+      </c>
+      <c r="K168" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11">
+      <c r="A169" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B169" s="7">
+        <v>17</v>
+      </c>
+      <c r="C169" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D169" s="7">
+        <v>9</v>
+      </c>
+      <c r="E169" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F169" s="7">
+        <v/>
+      </c>
+      <c r="G169" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H169" s="7">
+        <v>1</v>
+      </c>
+      <c r="I169" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J169" s="7">
+        <v>84</v>
+      </c>
+      <c r="K169" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11">
+      <c r="A170" t="s" s="6">
         <v>34</v>
       </c>
-      <c r="B166" s="7">
+      <c r="B170" s="7">
         <v>147</v>
       </c>
-      <c r="C166" t="s" s="6">
-[...2 lines deleted...]
-      <c r="D166" s="7">
+      <c r="C170" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D170" s="7">
         <v>44</v>
       </c>
-      <c r="E166" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F166" s="7">
+      <c r="E170" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F170" s="7">
         <v>19</v>
       </c>
-      <c r="G166" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H166" s="7">
+      <c r="G170" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H170" s="7">
         <v>11</v>
       </c>
-      <c r="I166" t="s" s="6">
-[...2 lines deleted...]
-      <c r="J166" s="7">
+      <c r="I170" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J170" s="7">
         <v>754</v>
       </c>
-      <c r="K166" t="s" s="6">
-[...4 lines deleted...]
-      <c r="A167" t="s" s="8">
+      <c r="K170" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11">
+      <c r="A171" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="B167" s="9">
+      <c r="B171" s="9">
         <v>785</v>
       </c>
-      <c r="C167" t="s" s="8">
-[...2 lines deleted...]
-      <c r="D167" s="9">
+      <c r="C171" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D171" s="9">
         <v>381</v>
       </c>
-      <c r="E167" t="s" s="8">
-[...2 lines deleted...]
-      <c r="F167" s="9">
+      <c r="E171" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F171" s="9">
         <v>62</v>
       </c>
-      <c r="G167" t="s" s="8">
-[...2 lines deleted...]
-      <c r="H167" s="9">
+      <c r="G171" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H171" s="9">
         <v>32</v>
       </c>
-      <c r="I167" t="s" s="8">
-[...2 lines deleted...]
-      <c r="J167" s="9">
+      <c r="I171" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J171" s="9">
         <v>4548</v>
       </c>
-      <c r="K167" t="s" s="8">
-[...4 lines deleted...]
-      <c r="A171" t="s" s="1">
+      <c r="K171" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11">
+      <c r="A172" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11">
+      <c r="A176" t="s" s="1">
         <v>0</v>
       </c>
     </row>
-    <row r="172" spans="1:11">
-[...5 lines deleted...]
-      <c r="A173" t="s" s="2">
+    <row r="177" spans="1:11">
+      <c r="A177" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11">
+      <c r="A178" t="s" s="2">
         <v>2</v>
       </c>
     </row>
-    <row r="174" spans="1:11">
-      <c r="A174" t="s" s="2">
+    <row r="179" spans="1:11">
+      <c r="A179" t="s" s="2">
         <v>3</v>
       </c>
     </row>
-    <row r="175" spans="1:11">
-      <c r="A175" t="s" s="3">
+    <row r="180" spans="1:11">
+      <c r="A180" t="s" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="176" spans="1:11">
-      <c r="A176" t="s" s="4">
+    <row r="181" spans="1:11">
+      <c r="A181" t="s" s="4">
         <v>5</v>
       </c>
     </row>
-    <row r="177" spans="1:11">
-      <c r="A177" t="s" s="3">
+    <row r="182" spans="1:11">
+      <c r="A182" t="s" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="178" spans="1:11">
-[...5 lines deleted...]
-      <c r="A179" t="s" s="5">
+    <row r="183" spans="1:11">
+      <c r="A183" t="s" s="3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11">
+      <c r="A184" t="s" s="5">
         <v>7</v>
       </c>
-      <c r="B179" t="s" s="5">
+      <c r="B184" t="s" s="5">
         <v>8</v>
       </c>
-      <c r="D179" t="s" s="5">
+      <c r="D184" t="s" s="5">
         <v>9</v>
       </c>
-      <c r="F179" t="s" s="5">
+      <c r="F184" t="s" s="5">
         <v>10</v>
       </c>
-      <c r="H179" t="s" s="5">
+      <c r="H184" t="s" s="5">
         <v>11</v>
       </c>
-      <c r="J179" t="s" s="5">
+      <c r="J184" t="s" s="5">
         <v>12</v>
-      </c>
-[...173 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s" s="6">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="B185" s="7">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="C185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D185" s="7">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F185" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H185" s="7">
         <v/>
       </c>
       <c r="I185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J185" s="7">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="K185" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s" s="6">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="B186" s="7">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D186" s="7">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F186" s="7">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H186" s="7">
         <v>1</v>
       </c>
       <c r="I186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J186" s="7">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="K186" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B187" s="7">
         <v>21</v>
       </c>
-      <c r="B187" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="C187" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D187" s="7">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E187" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F187" s="7">
         <v>1</v>
       </c>
       <c r="G187" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H187" s="7">
         <v>3</v>
       </c>
       <c r="I187" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J187" s="7">
-        <v>410</v>
+        <v>99</v>
       </c>
       <c r="K187" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s" s="6">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B188" s="7">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="C188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D188" s="7">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="E188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F188" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H188" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J188" s="7">
-        <v>130</v>
+        <v>93</v>
       </c>
       <c r="K188" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s" s="6">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B189" s="7">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D189" s="7">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F189" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H189" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J189" s="7">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="K189" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s" s="6">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B190" s="7">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D190" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F190" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H190" s="7">
         <v/>
       </c>
       <c r="I190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J190" s="7">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="K190" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s" s="6">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="B191" s="7">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D191" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F191" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H191" s="7">
         <v>1</v>
       </c>
       <c r="I191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J191" s="7">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="K191" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s" s="6">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B192" s="7">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="C192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D192" s="7">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="E192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F192" s="7">
         <v>1</v>
       </c>
       <c r="G192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H192" s="7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J192" s="7">
-        <v>361</v>
+        <v>410</v>
       </c>
       <c r="K192" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s" s="6">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B193" s="7">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="C193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D193" s="7">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F193" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="G193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H193" s="7">
-        <v>2</v>
+        <v/>
       </c>
       <c r="I193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J193" s="7">
-        <v>175</v>
+        <v>130</v>
       </c>
       <c r="K193" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s" s="6">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B194" s="7">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D194" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F194" s="7">
         <v>1</v>
       </c>
       <c r="G194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H194" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J194" s="7">
-        <v>216</v>
+        <v>42</v>
       </c>
       <c r="K194" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s" s="6">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B195" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="C195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D195" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F195" s="7">
         <v>1</v>
       </c>
       <c r="G195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H195" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J195" s="7">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="K195" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s" s="6">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="B196" s="7">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="C196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D196" s="7">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="E196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F196" s="7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H196" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J196" s="7">
-        <v>793</v>
+        <v>79</v>
       </c>
       <c r="K196" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s" s="6">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="B197" s="7">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="C197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D197" s="7">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="E197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F197" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H197" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J197" s="7">
-        <v>431</v>
+        <v>361</v>
       </c>
       <c r="K197" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s" s="6">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="B198" s="7">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="C198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D198" s="7">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F198" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="G198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H198" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J198" s="7">
-        <v>294</v>
+        <v>194</v>
       </c>
       <c r="K198" t="s" s="6">
-        <v>14</v>
+        <v>40</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s" s="6">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B199" s="7">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D199" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F199" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H199" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J199" s="7">
-        <v>82</v>
+        <v>216</v>
       </c>
       <c r="K199" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B200" s="7">
+        <v>24</v>
+      </c>
+      <c r="C200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D200" s="7">
+        <v>8</v>
+      </c>
+      <c r="E200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F200" s="7">
+        <v>1</v>
+      </c>
+      <c r="G200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H200" s="7">
+        <v>1</v>
+      </c>
+      <c r="I200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J200" s="7">
+        <v>97</v>
+      </c>
+      <c r="K200" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11">
+      <c r="A201" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B201" s="7">
+        <v>91</v>
+      </c>
+      <c r="C201" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D201" s="7">
+        <v>44</v>
+      </c>
+      <c r="E201" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F201" s="7">
+        <v>4</v>
+      </c>
+      <c r="G201" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H201" s="7">
+        <v>3</v>
+      </c>
+      <c r="I201" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J201" s="7">
+        <v>820</v>
+      </c>
+      <c r="K201" t="s" s="6">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11">
+      <c r="A202" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B202" s="7">
+        <v>63</v>
+      </c>
+      <c r="C202" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D202" s="7">
+        <v>39</v>
+      </c>
+      <c r="E202" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F202" s="7">
+        <v>3</v>
+      </c>
+      <c r="G202" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H202" s="7">
+        <v>1</v>
+      </c>
+      <c r="I202" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J202" s="7">
+        <v>431</v>
+      </c>
+      <c r="K202" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11">
+      <c r="A203" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B203" s="7">
+        <v>35</v>
+      </c>
+      <c r="C203" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D203" s="7">
+        <v>16</v>
+      </c>
+      <c r="E203" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F203" s="7">
+        <v/>
+      </c>
+      <c r="G203" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H203" s="7">
+        <v>1</v>
+      </c>
+      <c r="I203" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J203" s="7">
+        <v>294</v>
+      </c>
+      <c r="K203" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11">
+      <c r="A204" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B204" s="7">
+        <v>17</v>
+      </c>
+      <c r="C204" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D204" s="7">
+        <v>9</v>
+      </c>
+      <c r="E204" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F204" s="7">
+        <v/>
+      </c>
+      <c r="G204" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H204" s="7">
+        <v>2</v>
+      </c>
+      <c r="I204" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J204" s="7">
+        <v>82</v>
+      </c>
+      <c r="K204" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11">
+      <c r="A205" t="s" s="6">
         <v>34</v>
       </c>
-      <c r="B200" s="7">
+      <c r="B205" s="7">
         <v>147</v>
       </c>
-      <c r="C200" t="s" s="6">
-[...2 lines deleted...]
-      <c r="D200" s="7">
+      <c r="C205" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D205" s="7">
         <v>44</v>
       </c>
-      <c r="E200" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F200" s="7">
+      <c r="E205" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F205" s="7">
         <v>19</v>
       </c>
-      <c r="G200" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H200" s="7">
+      <c r="G205" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H205" s="7">
         <v>12</v>
       </c>
-      <c r="I200" t="s" s="6">
-[...10 lines deleted...]
-      <c r="A201" t="s" s="8">
+      <c r="I205" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J205" s="7">
+        <v>767</v>
+      </c>
+      <c r="K205" t="s" s="6">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11">
+      <c r="A206" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="B201" s="9">
+      <c r="B206" s="9">
         <v>784</v>
       </c>
-      <c r="C201" t="s" s="8">
-[...2 lines deleted...]
-      <c r="D201" s="9">
+      <c r="C206" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D206" s="9">
         <v>380</v>
       </c>
-      <c r="E201" t="s" s="8">
-[...2 lines deleted...]
-      <c r="F201" s="9">
+      <c r="E206" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F206" s="9">
         <v>62</v>
       </c>
-      <c r="G201" t="s" s="8">
-[...2 lines deleted...]
-      <c r="H201" s="9">
+      <c r="G206" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H206" s="9">
         <v>36</v>
       </c>
-      <c r="I201" t="s" s="8">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="I206" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J206" s="9">
+        <v>4692</v>
+      </c>
+      <c r="K206" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11">
+      <c r="A207" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11">
+      <c r="A211" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11">
+      <c r="A212" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11">
+      <c r="A213" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11">
+      <c r="A214" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11">
+      <c r="A215" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11">
+      <c r="A216" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11">
+      <c r="A217" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11">
+      <c r="A218" t="s" s="3">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11">
+      <c r="A219" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B219" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D219" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F219" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H219" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J219" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B220" s="7">
+        <v>54</v>
+      </c>
+      <c r="C220" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D220" s="7">
+        <v>32</v>
+      </c>
+      <c r="E220" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F220" s="7">
+        <v>8</v>
+      </c>
+      <c r="G220" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H220" s="7">
+        <v/>
+      </c>
+      <c r="I220" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J220" s="7">
+        <v>193</v>
+      </c>
+      <c r="K220" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B221" s="7">
+        <v>23</v>
+      </c>
+      <c r="C221" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D221" s="7">
+        <v>8</v>
+      </c>
+      <c r="E221" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F221" s="7">
+        <v>7</v>
+      </c>
+      <c r="G221" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H221" s="7">
+        <v>1</v>
+      </c>
+      <c r="I221" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J221" s="7">
+        <v>80</v>
+      </c>
+      <c r="K221" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B222" s="7">
+        <v>20</v>
+      </c>
+      <c r="C222" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D222" s="7">
+        <v>14</v>
+      </c>
+      <c r="E222" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F222" s="7">
+        <v>1</v>
+      </c>
+      <c r="G222" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H222" s="7">
+        <v>3</v>
+      </c>
+      <c r="I222" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J222" s="7">
+        <v>98</v>
+      </c>
+      <c r="K222" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B223" s="7">
+        <v>21</v>
+      </c>
+      <c r="C223" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D223" s="7">
+        <v>16</v>
+      </c>
+      <c r="E223" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F223" s="7">
+        <v>1</v>
+      </c>
+      <c r="G223" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H223" s="7">
+        <v>1</v>
+      </c>
+      <c r="I223" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J223" s="7">
+        <v>93</v>
+      </c>
+      <c r="K223" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11">
+      <c r="A224" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B224" s="7">
+        <v>24</v>
+      </c>
+      <c r="C224" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D224" s="7">
+        <v>13</v>
+      </c>
+      <c r="E224" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F224" s="7">
+        <v>3</v>
+      </c>
+      <c r="G224" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H224" s="7">
+        <v>1</v>
+      </c>
+      <c r="I224" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J224" s="7">
+        <v>131</v>
+      </c>
+      <c r="K224" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11">
+      <c r="A225" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B225" s="7">
+        <v>19</v>
+      </c>
+      <c r="C225" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D225" s="7">
+        <v>10</v>
+      </c>
+      <c r="E225" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F225" s="7">
+        <v>3</v>
+      </c>
+      <c r="G225" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H225" s="7">
+        <v/>
+      </c>
+      <c r="I225" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J225" s="7">
+        <v>60</v>
+      </c>
+      <c r="K225" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11">
+      <c r="A226" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B226" s="7">
+        <v>20</v>
+      </c>
+      <c r="C226" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D226" s="7">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F226" s="7">
+        <v>1</v>
+      </c>
+      <c r="G226" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H226" s="7">
+        <v>1</v>
+      </c>
+      <c r="I226" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J226" s="7">
+        <v>69</v>
+      </c>
+      <c r="K226" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11">
+      <c r="A227" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B227" s="7">
+        <v>61</v>
+      </c>
+      <c r="C227" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D227" s="7">
+        <v>37</v>
+      </c>
+      <c r="E227" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F227" s="7">
+        <v>1</v>
+      </c>
+      <c r="G227" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H227" s="7">
+        <v>3</v>
+      </c>
+      <c r="I227" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J227" s="7">
+        <v>406</v>
+      </c>
+      <c r="K227" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11">
+      <c r="A228" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B228" s="7">
+        <v>10</v>
+      </c>
+      <c r="C228" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D228" s="7">
+        <v>7</v>
+      </c>
+      <c r="E228" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F228" s="7">
+        <v/>
+      </c>
+      <c r="G228" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H228" s="7">
+        <v/>
+      </c>
+      <c r="I228" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J228" s="7">
+        <v>133</v>
+      </c>
+      <c r="K228" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11">
+      <c r="A229" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B229" s="7">
+        <v>18</v>
+      </c>
+      <c r="C229" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D229" s="7">
+        <v>7</v>
+      </c>
+      <c r="E229" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F229" s="7">
+        <v>1</v>
+      </c>
+      <c r="G229" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H229" s="7">
+        <v/>
+      </c>
+      <c r="I229" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J229" s="7">
+        <v>42</v>
+      </c>
+      <c r="K229" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11">
+      <c r="A230" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B230" s="7">
+        <v>15</v>
+      </c>
+      <c r="C230" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D230" s="7">
+        <v>9</v>
+      </c>
+      <c r="E230" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F230" s="7">
+        <v>1</v>
+      </c>
+      <c r="G230" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H230" s="7">
+        <v/>
+      </c>
+      <c r="I230" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J230" s="7">
+        <v>42</v>
+      </c>
+      <c r="K230" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11">
+      <c r="A231" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B231" s="7">
+        <v>17</v>
+      </c>
+      <c r="C231" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D231" s="7">
+        <v>7</v>
+      </c>
+      <c r="E231" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F231" s="7">
+        <v>3</v>
+      </c>
+      <c r="G231" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H231" s="7">
+        <v>1</v>
+      </c>
+      <c r="I231" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J231" s="7">
+        <v>79</v>
+      </c>
+      <c r="K231" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11">
+      <c r="A232" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B232" s="7">
+        <v>35</v>
+      </c>
+      <c r="C232" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D232" s="7">
+        <v>23</v>
+      </c>
+      <c r="E232" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F232" s="7">
+        <v>1</v>
+      </c>
+      <c r="G232" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H232" s="7">
+        <v>3</v>
+      </c>
+      <c r="I232" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J232" s="7">
+        <v>363</v>
+      </c>
+      <c r="K232" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11">
+      <c r="A233" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B233" s="7">
+        <v>48</v>
+      </c>
+      <c r="C233" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D233" s="7">
+        <v>19</v>
+      </c>
+      <c r="E233" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F233" s="7">
+        <v>3</v>
+      </c>
+      <c r="G233" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H233" s="7">
+        <v>2</v>
+      </c>
+      <c r="I233" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J233" s="7">
+        <v>193</v>
+      </c>
+      <c r="K233" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11">
+      <c r="A234" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B234" s="7">
+        <v>21</v>
+      </c>
+      <c r="C234" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D234" s="7">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F234" s="7">
+        <v>1</v>
+      </c>
+      <c r="G234" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H234" s="7">
+        <v>1</v>
+      </c>
+      <c r="I234" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J234" s="7">
+        <v>218</v>
+      </c>
+      <c r="K234" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B235" s="7">
+        <v>24</v>
+      </c>
+      <c r="C235" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D235" s="7">
+        <v>8</v>
+      </c>
+      <c r="E235" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F235" s="7">
+        <v>1</v>
+      </c>
+      <c r="G235" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H235" s="7">
+        <v>1</v>
+      </c>
+      <c r="I235" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J235" s="7">
+        <v>97</v>
+      </c>
+      <c r="K235" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11">
+      <c r="A236" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B236" s="7">
+        <v>91</v>
+      </c>
+      <c r="C236" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D236" s="7">
+        <v>44</v>
+      </c>
+      <c r="E236" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F236" s="7">
+        <v>4</v>
+      </c>
+      <c r="G236" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H236" s="7">
+        <v>4</v>
+      </c>
+      <c r="I236" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J236" s="7">
+        <v>826</v>
+      </c>
+      <c r="K236" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11">
+      <c r="A237" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B237" s="7">
+        <v>63</v>
+      </c>
+      <c r="C237" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D237" s="7">
+        <v>39</v>
+      </c>
+      <c r="E237" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F237" s="7">
+        <v>3</v>
+      </c>
+      <c r="G237" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H237" s="7">
+        <v>1</v>
+      </c>
+      <c r="I237" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J237" s="7">
+        <v>431</v>
+      </c>
+      <c r="K237" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11">
+      <c r="A238" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B238" s="7">
+        <v>35</v>
+      </c>
+      <c r="C238" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D238" s="7">
+        <v>16</v>
+      </c>
+      <c r="E238" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F238" s="7">
+        <v/>
+      </c>
+      <c r="G238" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H238" s="7">
+        <v>1</v>
+      </c>
+      <c r="I238" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J238" s="7">
+        <v>294</v>
+      </c>
+      <c r="K238" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11">
+      <c r="A239" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B239" s="7">
+        <v>17</v>
+      </c>
+      <c r="C239" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D239" s="7">
+        <v>9</v>
+      </c>
+      <c r="E239" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F239" s="7">
+        <v/>
+      </c>
+      <c r="G239" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H239" s="7">
+        <v>2</v>
+      </c>
+      <c r="I239" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J239" s="7">
+        <v>77</v>
+      </c>
+      <c r="K239" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B240" s="7">
+        <v>147</v>
+      </c>
+      <c r="C240" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D240" s="7">
+        <v>44</v>
+      </c>
+      <c r="E240" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F240" s="7">
+        <v>19</v>
+      </c>
+      <c r="G240" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H240" s="7">
+        <v>12</v>
+      </c>
+      <c r="I240" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J240" s="7">
+        <v>760</v>
+      </c>
+      <c r="K240" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B241" s="9">
+        <v>783</v>
+      </c>
+      <c r="C241" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D241" s="9">
+        <v>382</v>
+      </c>
+      <c r="E241" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F241" s="9">
+        <v>62</v>
+      </c>
+      <c r="G241" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H241" s="9">
+        <v>38</v>
+      </c>
+      <c r="I241" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J241" s="9">
+        <v>4685</v>
+      </c>
+      <c r="K241" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11">
+      <c r="A242" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11">
+      <c r="A246" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11">
+      <c r="A248" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11">
+      <c r="A249" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11">
+      <c r="A251" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11">
+      <c r="A252" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11">
+      <c r="A253" t="s" s="3">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B254" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D254" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F254" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H254" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J254" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11">
+      <c r="A255" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B255" s="7">
+        <v>54</v>
+      </c>
+      <c r="C255" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D255" s="7">
+        <v>32</v>
+      </c>
+      <c r="E255" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F255" s="7">
+        <v>8</v>
+      </c>
+      <c r="G255" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H255" s="7">
+        <v/>
+      </c>
+      <c r="I255" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J255" s="7">
+        <v>193</v>
+      </c>
+      <c r="K255" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11">
+      <c r="A256" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B256" s="7">
+        <v>23</v>
+      </c>
+      <c r="C256" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D256" s="7">
+        <v>8</v>
+      </c>
+      <c r="E256" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F256" s="7">
+        <v>7</v>
+      </c>
+      <c r="G256" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H256" s="7">
+        <v>1</v>
+      </c>
+      <c r="I256" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J256" s="7">
+        <v>80</v>
+      </c>
+      <c r="K256" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11">
+      <c r="A257" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B257" s="7">
+        <v>20</v>
+      </c>
+      <c r="C257" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D257" s="7">
+        <v>14</v>
+      </c>
+      <c r="E257" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F257" s="7">
+        <v>1</v>
+      </c>
+      <c r="G257" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H257" s="7">
+        <v>3</v>
+      </c>
+      <c r="I257" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J257" s="7">
+        <v>98</v>
+      </c>
+      <c r="K257" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11">
+      <c r="A258" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B258" s="7">
+        <v>21</v>
+      </c>
+      <c r="C258" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D258" s="7">
+        <v>16</v>
+      </c>
+      <c r="E258" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F258" s="7">
+        <v>1</v>
+      </c>
+      <c r="G258" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H258" s="7">
+        <v>1</v>
+      </c>
+      <c r="I258" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J258" s="7">
+        <v>93</v>
+      </c>
+      <c r="K258" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11">
+      <c r="A259" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B259" s="7">
+        <v>24</v>
+      </c>
+      <c r="C259" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D259" s="7">
+        <v>13</v>
+      </c>
+      <c r="E259" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F259" s="7">
+        <v>3</v>
+      </c>
+      <c r="G259" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H259" s="7">
+        <v>1</v>
+      </c>
+      <c r="I259" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J259" s="7">
+        <v>131</v>
+      </c>
+      <c r="K259" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11">
+      <c r="A260" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B260" s="7">
+        <v>19</v>
+      </c>
+      <c r="C260" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D260" s="7">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F260" s="7">
+        <v>3</v>
+      </c>
+      <c r="G260" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H260" s="7">
+        <v/>
+      </c>
+      <c r="I260" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J260" s="7">
+        <v>61</v>
+      </c>
+      <c r="K260" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11">
+      <c r="A261" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B261" s="7">
+        <v>20</v>
+      </c>
+      <c r="C261" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D261" s="7">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F261" s="7">
+        <v>1</v>
+      </c>
+      <c r="G261" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H261" s="7">
+        <v>1</v>
+      </c>
+      <c r="I261" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J261" s="7">
+        <v>69</v>
+      </c>
+      <c r="K261" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11">
+      <c r="A262" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B262" s="7">
+        <v>61</v>
+      </c>
+      <c r="C262" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D262" s="7">
+        <v>37</v>
+      </c>
+      <c r="E262" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F262" s="7">
+        <v>1</v>
+      </c>
+      <c r="G262" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H262" s="7">
+        <v>2</v>
+      </c>
+      <c r="I262" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J262" s="7">
+        <v>406</v>
+      </c>
+      <c r="K262" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11">
+      <c r="A263" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B263" s="7">
+        <v>10</v>
+      </c>
+      <c r="C263" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D263" s="7">
+        <v>7</v>
+      </c>
+      <c r="E263" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F263" s="7">
+        <v/>
+      </c>
+      <c r="G263" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H263" s="7">
+        <v/>
+      </c>
+      <c r="I263" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J263" s="7">
+        <v>132</v>
+      </c>
+      <c r="K263" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11">
+      <c r="A264" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B264" s="7">
+        <v>18</v>
+      </c>
+      <c r="C264" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D264" s="7">
+        <v>7</v>
+      </c>
+      <c r="E264" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F264" s="7">
+        <v>1</v>
+      </c>
+      <c r="G264" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H264" s="7">
+        <v/>
+      </c>
+      <c r="I264" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J264" s="7">
+        <v>42</v>
+      </c>
+      <c r="K264" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11">
+      <c r="A265" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B265" s="7">
+        <v>15</v>
+      </c>
+      <c r="C265" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D265" s="7">
+        <v>9</v>
+      </c>
+      <c r="E265" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F265" s="7">
+        <v>1</v>
+      </c>
+      <c r="G265" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H265" s="7">
+        <v/>
+      </c>
+      <c r="I265" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J265" s="7">
+        <v>42</v>
+      </c>
+      <c r="K265" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11">
+      <c r="A266" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B266" s="7">
+        <v>17</v>
+      </c>
+      <c r="C266" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D266" s="7">
+        <v>7</v>
+      </c>
+      <c r="E266" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F266" s="7">
+        <v>3</v>
+      </c>
+      <c r="G266" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H266" s="7">
+        <v>1</v>
+      </c>
+      <c r="I266" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J266" s="7">
+        <v>82</v>
+      </c>
+      <c r="K266" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11">
+      <c r="A267" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B267" s="7">
+        <v>35</v>
+      </c>
+      <c r="C267" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D267" s="7">
+        <v>23</v>
+      </c>
+      <c r="E267" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F267" s="7">
+        <v>1</v>
+      </c>
+      <c r="G267" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H267" s="7">
+        <v>3</v>
+      </c>
+      <c r="I267" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J267" s="7">
+        <v>363</v>
+      </c>
+      <c r="K267" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11">
+      <c r="A268" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B268" s="7">
+        <v>48</v>
+      </c>
+      <c r="C268" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D268" s="7">
+        <v>19</v>
+      </c>
+      <c r="E268" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F268" s="7">
+        <v>3</v>
+      </c>
+      <c r="G268" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H268" s="7">
+        <v>2</v>
+      </c>
+      <c r="I268" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J268" s="7">
+        <v>194</v>
+      </c>
+      <c r="K268" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11">
+      <c r="A269" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B269" s="7">
+        <v>21</v>
+      </c>
+      <c r="C269" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D269" s="7">
+        <v>10</v>
+      </c>
+      <c r="E269" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F269" s="7">
+        <v>1</v>
+      </c>
+      <c r="G269" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H269" s="7">
+        <v>1</v>
+      </c>
+      <c r="I269" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J269" s="7">
+        <v>217</v>
+      </c>
+      <c r="K269" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11">
+      <c r="A270" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B270" s="7">
+        <v>24</v>
+      </c>
+      <c r="C270" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D270" s="7">
+        <v>8</v>
+      </c>
+      <c r="E270" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F270" s="7">
+        <v>1</v>
+      </c>
+      <c r="G270" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H270" s="7">
+        <v>1</v>
+      </c>
+      <c r="I270" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J270" s="7">
+        <v>97</v>
+      </c>
+      <c r="K270" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11">
+      <c r="A271" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B271" s="7">
+        <v>91</v>
+      </c>
+      <c r="C271" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D271" s="7">
+        <v>44</v>
+      </c>
+      <c r="E271" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F271" s="7">
+        <v>4</v>
+      </c>
+      <c r="G271" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H271" s="7">
+        <v>4</v>
+      </c>
+      <c r="I271" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J271" s="7">
+        <v>828</v>
+      </c>
+      <c r="K271" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11">
+      <c r="A272" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B272" s="7">
+        <v>63</v>
+      </c>
+      <c r="C272" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D272" s="7">
+        <v>39</v>
+      </c>
+      <c r="E272" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F272" s="7">
+        <v>3</v>
+      </c>
+      <c r="G272" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H272" s="7">
+        <v>1</v>
+      </c>
+      <c r="I272" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J272" s="7">
+        <v>431</v>
+      </c>
+      <c r="K272" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11">
+      <c r="A273" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B273" s="7">
+        <v>36</v>
+      </c>
+      <c r="C273" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D273" s="7">
+        <v>16</v>
+      </c>
+      <c r="E273" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F273" s="7">
+        <v/>
+      </c>
+      <c r="G273" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H273" s="7">
+        <v>1</v>
+      </c>
+      <c r="I273" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J273" s="7">
+        <v>296</v>
+      </c>
+      <c r="K273" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11">
+      <c r="A274" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B274" s="7">
+        <v>17</v>
+      </c>
+      <c r="C274" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D274" s="7">
+        <v>9</v>
+      </c>
+      <c r="E274" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F274" s="7">
+        <v/>
+      </c>
+      <c r="G274" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H274" s="7">
+        <v>2</v>
+      </c>
+      <c r="I274" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J274" s="7">
+        <v>77</v>
+      </c>
+      <c r="K274" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B275" s="7">
+        <v>147</v>
+      </c>
+      <c r="C275" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D275" s="7">
+        <v>44</v>
+      </c>
+      <c r="E275" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F275" s="7">
+        <v>19</v>
+      </c>
+      <c r="G275" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H275" s="7">
+        <v>12</v>
+      </c>
+      <c r="I275" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J275" s="7">
+        <v>760</v>
+      </c>
+      <c r="K275" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11">
+      <c r="A276" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B276" s="9">
+        <v>784</v>
+      </c>
+      <c r="C276" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D276" s="9">
+        <v>382</v>
+      </c>
+      <c r="E276" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F276" s="9">
+        <v>62</v>
+      </c>
+      <c r="G276" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H276" s="9">
+        <v>37</v>
+      </c>
+      <c r="I276" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J276" s="9">
+        <v>4692</v>
+      </c>
+      <c r="K276" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11">
+      <c r="A277" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11">
+      <c r="A281" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11">
+      <c r="A282" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11">
+      <c r="A283" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11">
+      <c r="A284" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11">
+      <c r="A285" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11">
+      <c r="A286" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11">
+      <c r="A287" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11">
+      <c r="A288" t="s" s="3">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11">
+      <c r="A289" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B289" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D289" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F289" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H289" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J289" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11">
+      <c r="A290" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B290" s="7">
+        <v>54</v>
+      </c>
+      <c r="C290" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D290" s="7">
+        <v>32</v>
+      </c>
+      <c r="E290" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F290" s="7">
+        <v>8</v>
+      </c>
+      <c r="G290" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H290" s="7">
+        <v/>
+      </c>
+      <c r="I290" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J290" s="7">
+        <v>190</v>
+      </c>
+      <c r="K290" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11">
+      <c r="A291" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B291" s="7">
+        <v>23</v>
+      </c>
+      <c r="C291" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D291" s="7">
+        <v>8</v>
+      </c>
+      <c r="E291" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F291" s="7">
+        <v>7</v>
+      </c>
+      <c r="G291" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H291" s="7">
+        <v>1</v>
+      </c>
+      <c r="I291" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J291" s="7">
+        <v>80</v>
+      </c>
+      <c r="K291" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11">
+      <c r="A292" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B292" s="7">
+        <v>20</v>
+      </c>
+      <c r="C292" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D292" s="7">
+        <v>14</v>
+      </c>
+      <c r="E292" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F292" s="7">
+        <v>1</v>
+      </c>
+      <c r="G292" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H292" s="7">
+        <v>3</v>
+      </c>
+      <c r="I292" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J292" s="7">
+        <v>99</v>
+      </c>
+      <c r="K292" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11">
+      <c r="A293" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B293" s="7">
+        <v>21</v>
+      </c>
+      <c r="C293" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D293" s="7">
+        <v>15</v>
+      </c>
+      <c r="E293" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F293" s="7">
+        <v>1</v>
+      </c>
+      <c r="G293" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H293" s="7">
+        <v>1</v>
+      </c>
+      <c r="I293" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J293" s="7">
+        <v>98</v>
+      </c>
+      <c r="K293" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11">
+      <c r="A294" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B294" s="7">
+        <v>24</v>
+      </c>
+      <c r="C294" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D294" s="7">
+        <v>13</v>
+      </c>
+      <c r="E294" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F294" s="7">
+        <v>3</v>
+      </c>
+      <c r="G294" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H294" s="7">
+        <v>1</v>
+      </c>
+      <c r="I294" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J294" s="7">
+        <v>131</v>
+      </c>
+      <c r="K294" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11">
+      <c r="A295" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B295" s="7">
+        <v>20</v>
+      </c>
+      <c r="C295" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D295" s="7">
+        <v>10</v>
+      </c>
+      <c r="E295" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F295" s="7">
+        <v>3</v>
+      </c>
+      <c r="G295" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H295" s="7">
+        <v/>
+      </c>
+      <c r="I295" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J295" s="7">
+        <v>59</v>
+      </c>
+      <c r="K295" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11">
+      <c r="A296" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B296" s="7">
+        <v>20</v>
+      </c>
+      <c r="C296" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D296" s="7">
+        <v>10</v>
+      </c>
+      <c r="E296" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F296" s="7">
+        <v>1</v>
+      </c>
+      <c r="G296" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H296" s="7">
+        <v>1</v>
+      </c>
+      <c r="I296" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J296" s="7">
+        <v>69</v>
+      </c>
+      <c r="K296" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11">
+      <c r="A297" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B297" s="7">
+        <v>59</v>
+      </c>
+      <c r="C297" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D297" s="7">
+        <v>37</v>
+      </c>
+      <c r="E297" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F297" s="7">
+        <v>1</v>
+      </c>
+      <c r="G297" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H297" s="7">
+        <v>2</v>
+      </c>
+      <c r="I297" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J297" s="7">
+        <v>418</v>
+      </c>
+      <c r="K297" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11">
+      <c r="A298" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B298" s="7">
+        <v>10</v>
+      </c>
+      <c r="C298" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D298" s="7">
+        <v>7</v>
+      </c>
+      <c r="E298" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F298" s="7">
+        <v/>
+      </c>
+      <c r="G298" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H298" s="7">
+        <v/>
+      </c>
+      <c r="I298" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J298" s="7">
+        <v>98</v>
+      </c>
+      <c r="K298" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11">
+      <c r="A299" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B299" s="7">
+        <v>18</v>
+      </c>
+      <c r="C299" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D299" s="7">
+        <v>7</v>
+      </c>
+      <c r="E299" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F299" s="7">
+        <v>1</v>
+      </c>
+      <c r="G299" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H299" s="7">
+        <v/>
+      </c>
+      <c r="I299" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J299" s="7">
+        <v>42</v>
+      </c>
+      <c r="K299" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11">
+      <c r="A300" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B300" s="7">
+        <v>15</v>
+      </c>
+      <c r="C300" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D300" s="7">
+        <v>9</v>
+      </c>
+      <c r="E300" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F300" s="7">
+        <v>1</v>
+      </c>
+      <c r="G300" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H300" s="7">
+        <v/>
+      </c>
+      <c r="I300" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J300" s="7">
+        <v>42</v>
+      </c>
+      <c r="K300" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11">
+      <c r="A301" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B301" s="7">
+        <v>17</v>
+      </c>
+      <c r="C301" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D301" s="7">
+        <v>7</v>
+      </c>
+      <c r="E301" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F301" s="7">
+        <v>3</v>
+      </c>
+      <c r="G301" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H301" s="7">
+        <v>1</v>
+      </c>
+      <c r="I301" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J301" s="7">
+        <v>82</v>
+      </c>
+      <c r="K301" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11">
+      <c r="A302" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B302" s="7">
+        <v>33</v>
+      </c>
+      <c r="C302" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D302" s="7">
+        <v>22</v>
+      </c>
+      <c r="E302" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F302" s="7">
+        <v>1</v>
+      </c>
+      <c r="G302" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H302" s="7">
+        <v>3</v>
+      </c>
+      <c r="I302" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J302" s="7">
+        <v>365</v>
+      </c>
+      <c r="K302" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11">
+      <c r="A303" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B303" s="7">
+        <v>48</v>
+      </c>
+      <c r="C303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D303" s="7">
+        <v>19</v>
+      </c>
+      <c r="E303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F303" s="7">
+        <v>3</v>
+      </c>
+      <c r="G303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H303" s="7">
+        <v>2</v>
+      </c>
+      <c r="I303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J303" s="7">
+        <v>195</v>
+      </c>
+      <c r="K303" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11">
+      <c r="A304" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B304" s="7">
+        <v>21</v>
+      </c>
+      <c r="C304" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D304" s="7">
+        <v>10</v>
+      </c>
+      <c r="E304" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F304" s="7">
+        <v>1</v>
+      </c>
+      <c r="G304" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H304" s="7">
+        <v>1</v>
+      </c>
+      <c r="I304" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J304" s="7">
+        <v>228</v>
+      </c>
+      <c r="K304" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11">
+      <c r="A305" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B305" s="7">
+        <v>24</v>
+      </c>
+      <c r="C305" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D305" s="7">
+        <v>8</v>
+      </c>
+      <c r="E305" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F305" s="7">
+        <v>1</v>
+      </c>
+      <c r="G305" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H305" s="7">
+        <v>1</v>
+      </c>
+      <c r="I305" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J305" s="7">
+        <v>99</v>
+      </c>
+      <c r="K305" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11">
+      <c r="A306" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B306" s="7">
+        <v>90</v>
+      </c>
+      <c r="C306" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D306" s="7">
+        <v>44</v>
+      </c>
+      <c r="E306" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F306" s="7">
+        <v>4</v>
+      </c>
+      <c r="G306" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H306" s="7">
+        <v>4</v>
+      </c>
+      <c r="I306" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J306" s="7">
+        <v>886</v>
+      </c>
+      <c r="K306" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11">
+      <c r="A307" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B307" s="7">
+        <v>63</v>
+      </c>
+      <c r="C307" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D307" s="7">
+        <v>38</v>
+      </c>
+      <c r="E307" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F307" s="7">
+        <v>3</v>
+      </c>
+      <c r="G307" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H307" s="7">
+        <v>1</v>
+      </c>
+      <c r="I307" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J307" s="7">
+        <v>473</v>
+      </c>
+      <c r="K307" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11">
+      <c r="A308" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B308" s="7">
+        <v>36</v>
+      </c>
+      <c r="C308" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D308" s="7">
+        <v>16</v>
+      </c>
+      <c r="E308" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F308" s="7">
+        <v/>
+      </c>
+      <c r="G308" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H308" s="7">
+        <v>1</v>
+      </c>
+      <c r="I308" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J308" s="7">
+        <v>314</v>
+      </c>
+      <c r="K308" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11">
+      <c r="A309" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B309" s="7">
+        <v>17</v>
+      </c>
+      <c r="C309" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D309" s="7">
+        <v>9</v>
+      </c>
+      <c r="E309" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F309" s="7">
+        <v/>
+      </c>
+      <c r="G309" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H309" s="7">
+        <v>2</v>
+      </c>
+      <c r="I309" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J309" s="7">
+        <v>75</v>
+      </c>
+      <c r="K309" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11">
+      <c r="A310" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B310" s="7">
+        <v>145</v>
+      </c>
+      <c r="C310" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D310" s="7">
+        <v>41</v>
+      </c>
+      <c r="E310" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F310" s="7">
+        <v>19</v>
+      </c>
+      <c r="G310" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H310" s="7">
+        <v>12</v>
+      </c>
+      <c r="I310" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J310" s="7">
+        <v>755</v>
+      </c>
+      <c r="K310" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11">
+      <c r="A311" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B311" s="9">
+        <v>778</v>
+      </c>
+      <c r="C311" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D311" s="9">
+        <v>376</v>
+      </c>
+      <c r="E311" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F311" s="9">
+        <v>62</v>
+      </c>
+      <c r="G311" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H311" s="9">
+        <v>37</v>
+      </c>
+      <c r="I311" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J311" s="9">
+        <v>4798</v>
+      </c>
+      <c r="K311" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11">
+      <c r="A312" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="78">
+  <mergeCells count="117">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
-    <mergeCell ref="A35:K35"/>
     <mergeCell ref="A36:K36"/>
     <mergeCell ref="A37:K37"/>
     <mergeCell ref="A38:K38"/>
     <mergeCell ref="A39:K39"/>
     <mergeCell ref="A40:K40"/>
     <mergeCell ref="A41:K41"/>
     <mergeCell ref="A42:K42"/>
-    <mergeCell ref="B43:C43"/>
-[...5 lines deleted...]
-    <mergeCell ref="A70:K70"/>
+    <mergeCell ref="A43:K43"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="D44:E44"/>
+    <mergeCell ref="F44:G44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="J44:K44"/>
     <mergeCell ref="A71:K71"/>
     <mergeCell ref="A72:K72"/>
     <mergeCell ref="A73:K73"/>
     <mergeCell ref="A74:K74"/>
     <mergeCell ref="A75:K75"/>
     <mergeCell ref="A76:K76"/>
-    <mergeCell ref="B77:C77"/>
-[...6 lines deleted...]
-    <mergeCell ref="A105:K105"/>
+    <mergeCell ref="A77:K77"/>
+    <mergeCell ref="A78:K78"/>
+    <mergeCell ref="B79:C79"/>
+    <mergeCell ref="D79:E79"/>
+    <mergeCell ref="F79:G79"/>
+    <mergeCell ref="H79:I79"/>
+    <mergeCell ref="J79:K79"/>
     <mergeCell ref="A106:K106"/>
     <mergeCell ref="A107:K107"/>
     <mergeCell ref="A108:K108"/>
     <mergeCell ref="A109:K109"/>
     <mergeCell ref="A110:K110"/>
-    <mergeCell ref="B111:C111"/>
-[...7 lines deleted...]
-    <mergeCell ref="A140:K140"/>
+    <mergeCell ref="A111:K111"/>
+    <mergeCell ref="A112:K112"/>
+    <mergeCell ref="A113:K113"/>
+    <mergeCell ref="B114:C114"/>
+    <mergeCell ref="D114:E114"/>
+    <mergeCell ref="F114:G114"/>
+    <mergeCell ref="H114:I114"/>
+    <mergeCell ref="J114:K114"/>
     <mergeCell ref="A141:K141"/>
     <mergeCell ref="A142:K142"/>
     <mergeCell ref="A143:K143"/>
     <mergeCell ref="A144:K144"/>
-    <mergeCell ref="B145:C145"/>
-[...8 lines deleted...]
-    <mergeCell ref="A175:K175"/>
+    <mergeCell ref="A145:K145"/>
+    <mergeCell ref="A146:K146"/>
+    <mergeCell ref="A147:K147"/>
+    <mergeCell ref="A148:K148"/>
+    <mergeCell ref="B149:C149"/>
+    <mergeCell ref="D149:E149"/>
+    <mergeCell ref="F149:G149"/>
+    <mergeCell ref="H149:I149"/>
+    <mergeCell ref="J149:K149"/>
     <mergeCell ref="A176:K176"/>
     <mergeCell ref="A177:K177"/>
     <mergeCell ref="A178:K178"/>
-    <mergeCell ref="B179:C179"/>
-[...3 lines deleted...]
-    <mergeCell ref="J179:K179"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="A183:K183"/>
+    <mergeCell ref="B184:C184"/>
+    <mergeCell ref="D184:E184"/>
+    <mergeCell ref="F184:G184"/>
+    <mergeCell ref="H184:I184"/>
+    <mergeCell ref="J184:K184"/>
+    <mergeCell ref="A211:K211"/>
+    <mergeCell ref="A212:K212"/>
+    <mergeCell ref="A213:K213"/>
+    <mergeCell ref="A214:K214"/>
+    <mergeCell ref="A215:K215"/>
+    <mergeCell ref="A216:K216"/>
+    <mergeCell ref="A217:K217"/>
+    <mergeCell ref="A218:K218"/>
+    <mergeCell ref="B219:C219"/>
+    <mergeCell ref="D219:E219"/>
+    <mergeCell ref="F219:G219"/>
+    <mergeCell ref="H219:I219"/>
+    <mergeCell ref="J219:K219"/>
+    <mergeCell ref="A246:K246"/>
+    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="A248:K248"/>
+    <mergeCell ref="A249:K249"/>
+    <mergeCell ref="A250:K250"/>
+    <mergeCell ref="A251:K251"/>
+    <mergeCell ref="A252:K252"/>
+    <mergeCell ref="A253:K253"/>
+    <mergeCell ref="B254:C254"/>
+    <mergeCell ref="D254:E254"/>
+    <mergeCell ref="F254:G254"/>
+    <mergeCell ref="H254:I254"/>
+    <mergeCell ref="J254:K254"/>
+    <mergeCell ref="A281:K281"/>
+    <mergeCell ref="A282:K282"/>
+    <mergeCell ref="A283:K283"/>
+    <mergeCell ref="A284:K284"/>
+    <mergeCell ref="A285:K285"/>
+    <mergeCell ref="A286:K286"/>
+    <mergeCell ref="A287:K287"/>
+    <mergeCell ref="A288:K288"/>
+    <mergeCell ref="B289:C289"/>
+    <mergeCell ref="D289:E289"/>
+    <mergeCell ref="F289:G289"/>
+    <mergeCell ref="H289:I289"/>
+    <mergeCell ref="J289:K289"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PI2 ENG</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>